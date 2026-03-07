--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -86,60 +86,69 @@
   <si>
     <t>Responsiviteit en behandelmotivatie</t>
   </si>
   <si>
     <t>Preventie</t>
   </si>
   <si>
     <t>Verslaving</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid</t>
   </si>
   <si>
     <t>Behandeling</t>
   </si>
   <si>
     <t>Handreikingen</t>
   </si>
   <si>
     <t>Stoornis- en delictspecifiek</t>
   </si>
   <si>
     <t>Overige</t>
   </si>
   <si>
+    <t>J2024-37 en J2024-41</t>
+  </si>
+  <si>
+    <t>Verkenning doelgroepen</t>
+  </si>
+  <si>
+    <t>Dit onderzoek heeft subgroepen en organisaties binnen het forensische jeugdveld in kaart gebracht.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
     <t>2019-09</t>
   </si>
   <si>
     <t>Groepsdruk en delictgedrag (literatuurstudie)</t>
   </si>
   <si>
     <t>Een literatuuronderzoek naar (weerstand) tegen groepsinvloed in relatie tot delictgedrag van jongeren binnen het forensisch domein.</t>
-  </si>
-[...1 lines deleted...]
-    <t>x</t>
   </si>
   <si>
     <t>2022-31</t>
   </si>
   <si>
     <t>Ouderbetrokkenheid: wat werkt?</t>
   </si>
   <si>
     <t>Onderzoek naar werkzame bestanddelen van ouderbetrokkenheid voor interventies in het forensische jeugdzorgveld.</t>
   </si>
   <si>
     <t>2021-19</t>
   </si>
   <si>
     <t>Literatuurstudie naar werkzame elementen van behandelmotivatie bij jongeren in de forensische jeugdhulp</t>
   </si>
   <si>
     <t>Gemotiveerd meer effect behalen: literatuurstudie naar werkzame elementen van behandelmotivatie bij jongeren in de forensische jeugdhulp.</t>
   </si>
   <si>
     <t>2019-11</t>
   </si>
   <si>
     <t>Helende honden</t>
   </si>
@@ -499,62 +508,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/groepsdruk-en-delictgedrag-literatuuronderzoek-call-j2019-09" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/moduleontwikkeling-ouderbetrokkenheid-binnen-het-preventiegerichte-halt-schoolspreekuur" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/literatuurstudie-naar-werkzame-elementen-van-behandelmotivatie-bij-jongeren-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/helende-honden-call-j2019-11" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/evidence-gap-map-vaktherapie-call-j2019-06" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/onderzoek-naar-indicatoren-radicalisering-bij-jongeren-in-forensische-zorg-vreemd-of-gevaarlijk-call-j2019-05" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/back-to-the-future-pre-call-j2018-1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/verkenning-doelgroepen-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/groepsdruk-en-delictgedrag-literatuuronderzoek-call-j2019-09" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/moduleontwikkeling-ouderbetrokkenheid-binnen-het-preventiegerichte-halt-schoolspreekuur" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/literatuurstudie-naar-werkzame-elementen-van-behandelmotivatie-bij-jongeren-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/helende-honden-call-j2019-11" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/evidence-gap-map-vaktherapie-call-j2019-06" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/onderzoek-naar-indicatoren-radicalisering-bij-jongeren-in-forensische-zorg-vreemd-of-gevaarlijk-call-j2019-05" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/back-to-the-future-pre-call-j2018-1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z8"/>
+  <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B8" sqref="B8"/>
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -617,249 +626,288 @@
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>26</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
-      <c r="V2" t="s">
+      <c r="K2" t="s">
+        <v>27</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2" t="s">
         <v>27</v>
       </c>
       <c r="Y2" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
-      <c r="M3" t="s">
-[...5 lines deleted...]
-      <c r="Z3" t="s">
+      <c r="V3" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
-      <c r="Q4" t="s">
-[...2 lines deleted...]
-      <c r="Y4" t="s">
+      <c r="M4" t="s">
+        <v>27</v>
+      </c>
+      <c r="R4" t="s">
         <v>27</v>
       </c>
       <c r="Z4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
-      <c r="M5" t="s">
+      <c r="Q5" t="s">
         <v>27</v>
       </c>
       <c r="Y5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="M6" t="s">
         <v>27</v>
       </c>
       <c r="Y6" t="s">
         <v>27</v>
       </c>
-      <c r="Z6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
+      <c r="M7" t="s">
+        <v>27</v>
+      </c>
       <c r="Y7" t="s">
         <v>27</v>
       </c>
       <c r="Z7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="Y8" t="s">
         <v>27</v>
       </c>
       <c r="Z8" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" t="s">
+        <v>27</v>
+      </c>
+      <c r="J9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z9" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>