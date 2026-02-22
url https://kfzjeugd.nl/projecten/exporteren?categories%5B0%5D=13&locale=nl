--- v0 (2025-12-25)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -86,60 +86,69 @@
   <si>
     <t>Responsiviteit en behandelmotivatie</t>
   </si>
   <si>
     <t>Preventie</t>
   </si>
   <si>
     <t>Verslaving</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid</t>
   </si>
   <si>
     <t>Behandeling</t>
   </si>
   <si>
     <t>Handreikingen</t>
   </si>
   <si>
     <t>Stoornis- en delictspecifiek</t>
   </si>
   <si>
     <t>Overige</t>
   </si>
   <si>
+    <t>2025-44</t>
+  </si>
+  <si>
+    <t>Relationeel beveiligen in de KVJJ</t>
+  </si>
+  <si>
+    <t>Dit project heeft als doel een heldere, methodische handreiking te ontwikkelen voor de praktische toepassing van relationele beveiliging binnen KVJJ’s.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
     <t>2023-33</t>
   </si>
   <si>
     <t>Let’s talk about Sexting!</t>
   </si>
   <si>
     <t>In dit project wordt onderzocht in welke opzichten jeugdige sextingplegers verschillen van andere delictplegers, om zo aanpakken voldoende aan te kunnen laten sluiten bij de specifieke needs (aanwezige beschermende en risicofactoren) en responsiviteit (motivaties, leerstijlen) van sextingplegers.</t>
-  </si>
-[...1 lines deleted...]
-    <t>x</t>
   </si>
   <si>
     <t>2019-09</t>
   </si>
   <si>
     <t>Groepsdruk en delictgedrag (literatuurstudie)</t>
   </si>
   <si>
     <t>Een literatuuronderzoek naar (weerstand) tegen groepsinvloed in relatie tot delictgedrag van jongeren binnen het forensisch domein.</t>
   </si>
   <si>
     <t>2022-30</t>
   </si>
   <si>
     <t>ADAMAS: inzet Credible Messengers in de forensische jeugdhulp</t>
   </si>
   <si>
     <t>Verkenning van een samenwerking tussen een intensieve vorm van ambulante forensische jeugdhulp (IFA, Levvel) en credible messengers (ervaringsprofessionals) van ADAMAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -463,62 +472,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/lets-talk-about-sexting" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/groepsdruk-en-delictgedrag-literatuuronderzoek-call-j2019-09" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/adamas-inzet-credible-messengers-in-de-forensische-jeugdhulp" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/relationeel-beveiligen-in-de-kvjj" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/lets-talk-about-sexting" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/groepsdruk-en-delictgedrag-literatuuronderzoek-call-j2019-09" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/adamas-inzet-credible-messengers-in-de-forensische-jeugdhulp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z4"/>
+  <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -570,134 +579,158 @@
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>10</v>
       </c>
       <c r="Z1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>26</v>
       </c>
       <c r="D2" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" t="s">
         <v>27</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
       <c r="V2" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="Z2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V3" t="s">
         <v>27</v>
       </c>
       <c r="Y3" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
-[...2 lines deleted...]
-      <c r="T4" t="s">
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="V4" t="s">
         <v>27</v>
       </c>
       <c r="Y4" t="s">
         <v>27</v>
       </c>
-      <c r="Z4" t="s">
+    </row>
+    <row r="5" spans="1:26">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+      <c r="T5" t="s">
+        <v>27</v>
+      </c>
+      <c r="V5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z5" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>