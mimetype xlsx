--- v0 (2026-01-16)
+++ v1 (2026-03-02)
@@ -560,50 +560,59 @@
         <v>10</v>
       </c>
       <c r="Z1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>26</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
+      <c r="J2" t="s">
+        <v>27</v>
+      </c>
+      <c r="K2" t="s">
+        <v>27</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
+      </c>
       <c r="X2" t="s">
         <v>27</v>
       </c>
       <c r="Y2" t="s">
         <v>27</v>
       </c>
       <c r="Z2" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>