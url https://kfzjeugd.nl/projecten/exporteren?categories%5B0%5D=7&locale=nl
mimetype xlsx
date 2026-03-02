--- v0 (2026-01-10)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -86,60 +86,69 @@
   <si>
     <t>Responsiviteit en behandelmotivatie</t>
   </si>
   <si>
     <t>Preventie</t>
   </si>
   <si>
     <t>Verslaving</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid</t>
   </si>
   <si>
     <t>Behandeling</t>
   </si>
   <si>
     <t>Handreikingen</t>
   </si>
   <si>
     <t>Stoornis- en delictspecifiek</t>
   </si>
   <si>
     <t>Overige</t>
   </si>
   <si>
+    <t>2025-226</t>
+  </si>
+  <si>
+    <t>AI in de Forensische Zorg</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is om te onderzoeken hoe verschillende vormen van AI op een verantwoorde, effectieve en duurzame manier kunnen worden ingezet in de klinische en ambulante forensische zorg, zowel in de jeugd- als volwassenensector.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
     <t>2024-42</t>
   </si>
   <si>
     <t>Forward with Feelee: onderzoek en implementatie in de forensische jeugdhulp</t>
   </si>
   <si>
     <t>Het doel van het project is het tot stand brengen van een duurzame implementatie van de Feelee-app binnen 2-3 zorginstellingen.</t>
-  </si>
-[...1 lines deleted...]
-    <t>x</t>
   </si>
   <si>
     <t>2020-14</t>
   </si>
   <si>
     <t>Doorontwikkeling en implementatie van VR assessment “What’s Up?”</t>
   </si>
   <si>
     <t>In dit project wordt What's up doorontwikkeld en wordt de implementatie en meerwaarde van What’s Up? onderzocht in het primair proces van de ambulante en residentiële forensische zorg voor jeugd.</t>
   </si>
   <si>
     <t>2023-35</t>
   </si>
   <si>
     <t>i-ForMotivAction: Middelengebruik bij jongvolwassenen met forensische problematiek: van zelfinzicht naar motivatie tot actie</t>
   </si>
   <si>
     <t>Binnen het project wordt onderzocht of inzicht bieden in het eigen gebruik middels een dagboekstudie (via een mobiele app) werkt om de doelgroep (intrinsiek) te motiveren om aan de slag te gaan met hun middelengebruik, hetzij door de eerste stappen te zetten om te gaan minderen of te gaan stoppen met gebruik.</t>
   </si>
   <si>
     <t>2021-20</t>
   </si>
   <si>
     <t>Feelee in de forensische psychiatrie</t>
   </si>
@@ -472,62 +481,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/forward-with-feelee-onderzoek-en-implementatie-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/doorontwikkeling-en-implementatie-van-vr-assessment-whats-up" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/i-formotivaction-middelengebruik-bij-jongvolwassenen-met-forensische-problematiek-van-zelfinzicht-naar-motivatie-tot-actie" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/g-moji-in-de-forensische-psychiatrie" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/ai-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/forward-with-feelee-onderzoek-en-implementatie-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/doorontwikkeling-en-implementatie-van-vr-assessment-whats-up" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/i-formotivaction-middelengebruik-bij-jongvolwassenen-met-forensische-problematiek-van-zelfinzicht-naar-motivatie-tot-actie" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/g-moji-in-de-forensische-psychiatrie" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z5"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -584,162 +593,189 @@
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>10</v>
       </c>
       <c r="Z1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>26</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>27</v>
       </c>
-      <c r="G2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="Y2" t="s">
         <v>27</v>
       </c>
       <c r="Z2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="H3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" t="s">
         <v>27</v>
       </c>
       <c r="P3" t="s">
         <v>27</v>
       </c>
       <c r="Y3" t="s">
         <v>27</v>
       </c>
       <c r="Z3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="P4" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="Q4" t="s">
         <v>27</v>
       </c>
       <c r="Y4" t="s">
         <v>27</v>
       </c>
       <c r="Z4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="A6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
         <v>4</v>
       </c>
-      <c r="E5" t="s">
-[...11 lines deleted...]
-      <c r="Z5" t="s">
+      <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" t="s">
+        <v>27</v>
+      </c>
+      <c r="P6" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z6" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>