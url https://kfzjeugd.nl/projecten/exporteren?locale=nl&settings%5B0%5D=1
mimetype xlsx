--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -86,60 +86,69 @@
   <si>
     <t>Responsiviteit en behandelmotivatie</t>
   </si>
   <si>
     <t>Preventie</t>
   </si>
   <si>
     <t>Verslaving</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid</t>
   </si>
   <si>
     <t>Behandeling</t>
   </si>
   <si>
     <t>Handreikingen</t>
   </si>
   <si>
     <t>Stoornis- en delictspecifiek</t>
   </si>
   <si>
     <t>Overige</t>
   </si>
   <si>
+    <t>2025-226</t>
+  </si>
+  <si>
+    <t>AI in de Forensische Zorg</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is om te onderzoeken hoe verschillende vormen van AI op een verantwoorde, effectieve en duurzame manier kunnen worden ingezet in de klinische en ambulante forensische zorg, zowel in de jeugd- als volwassenensector.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
     <t>J2024-37 en J2024-41</t>
   </si>
   <si>
     <t>Verkenning doelgroepen</t>
   </si>
   <si>
     <t>Dit onderzoek heeft subgroepen en organisaties binnen het forensische jeugdveld in kaart gebracht.</t>
-  </si>
-[...1 lines deleted...]
-    <t>x</t>
   </si>
   <si>
     <t>2024-42</t>
   </si>
   <si>
     <t>Forward with Feelee: onderzoek en implementatie in de forensische jeugdhulp</t>
   </si>
   <si>
     <t>Het doel van het project is het tot stand brengen van een duurzame implementatie van de Feelee-app binnen 2-3 zorginstellingen.</t>
   </si>
   <si>
     <t>2024-39</t>
   </si>
   <si>
     <t>Sekseverschillen in de relatie tussen psychische stoornis en delictgedrag</t>
   </si>
   <si>
     <t>Dit project beoogt breed inzicht te geven in hoe de ontwikkeling van (kinder- en jeugd)psychiatrische stoornissen delictgedrag beïnvloeden, waarbij de verschillen tussen jongens en meisjes wordt onderzocht.</t>
   </si>
   <si>
     <t>2020-14</t>
   </si>
   <si>
     <t>Doorontwikkeling en implementatie van VR assessment “What’s Up?”</t>
   </si>
@@ -661,62 +670,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/verkenning-doelgroepen-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/forward-with-feelee-onderzoek-en-implementatie-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/sekseverschillen-in-de-relatie-tussen-psychische-stoornis-en-delictgedrag-bij-vrouwelijke-jeugddelinquenten" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/doorontwikkeling-en-implementatie-van-vr-assessment-whats-up" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/i-formotivaction-middelengebruik-bij-jongvolwassenen-met-forensische-problematiek-van-zelfinzicht-naar-motivatie-tot-actie" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/lets-talk-about-sexting" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/up2u-future-het-verkennen-en-versterken-van-behandelmotivatie-bij-jongeren-in-de-forensische-jeugdzorg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/risicoscreener-jeugd-verkenning-implementatie-en-validatie" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/adamas-inzet-credible-messengers-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/moduleontwikkeling-ouderbetrokkenheid-binnen-het-preventiegerichte-halt-schoolspreekuur" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/risicoscreener-jeugd-implementatie" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/het-vermogen-en-de-bereidheid-van-chronisch-getraumatiseerde-jongeren-om-deel-te-nemen-aan-traumatherapie-ervaringen-slapende-honden-methode" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/g-moji-in-de-forensische-psychiatrie" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/literatuurstudie-naar-werkzame-elementen-van-behandelmotivatie-bij-jongeren-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/ask-me-first-jongeren-actief-betrekken-bij-risicotaxatie-de-transition-inventory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/brains4use-op-weg-naar-een-hoger-niveau-van-effectiviteit-voor-de-interventie-voor-middelenmisbruik-bij-jongeren-in-justitiele-residentiele-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/effectonderzoek-naar-de-leerstraf-so-cool" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/ontwikkeling-van-gestandaardiseerde-diagnostiek-van-de-gewetensontwikkeling-bij-kinderen-en-jeugdigen" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/de-effectiviteit-van-de-my-life-behandeling-werkt-het-en-wat-werkt-er" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/mindfulness-voor-gesloten-for-jeugdzorg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/risicoscreening-bij-jongeren-en-jongvolwassenen-call-j2019-04" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/de-combinatie-van-een-emotieherkenning-training-met-de-toediening-van-oxytocinebinnen-een-forensische-context-2019-03" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/evidence-gap-map-vaktherapie-call-j2019-06" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/onderzoek-naar-indicatoren-radicalisering-bij-jongeren-in-forensische-zorg-vreemd-of-gevaarlijk-call-j2019-05" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/back-to-the-future-pre-call-j2018-1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/ai-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/verkenning-doelgroepen-1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/forward-with-feelee-onderzoek-en-implementatie-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/sekseverschillen-in-de-relatie-tussen-psychische-stoornis-en-delictgedrag-bij-vrouwelijke-jeugddelinquenten" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/doorontwikkeling-en-implementatie-van-vr-assessment-whats-up" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/i-formotivaction-middelengebruik-bij-jongvolwassenen-met-forensische-problematiek-van-zelfinzicht-naar-motivatie-tot-actie" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/lets-talk-about-sexting" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/up2u-future-het-verkennen-en-versterken-van-behandelmotivatie-bij-jongeren-in-de-forensische-jeugdzorg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/risicoscreener-jeugd-verkenning-implementatie-en-validatie" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/adamas-inzet-credible-messengers-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/moduleontwikkeling-ouderbetrokkenheid-binnen-het-preventiegerichte-halt-schoolspreekuur" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/risicoscreener-jeugd-implementatie" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/het-vermogen-en-de-bereidheid-van-chronisch-getraumatiseerde-jongeren-om-deel-te-nemen-aan-traumatherapie-ervaringen-slapende-honden-methode" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/g-moji-in-de-forensische-psychiatrie" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/literatuurstudie-naar-werkzame-elementen-van-behandelmotivatie-bij-jongeren-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/ask-me-first-jongeren-actief-betrekken-bij-risicotaxatie-de-transition-inventory" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/brains4use-op-weg-naar-een-hoger-niveau-van-effectiviteit-voor-de-interventie-voor-middelenmisbruik-bij-jongeren-in-justitiele-residentiele-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/effectonderzoek-naar-de-leerstraf-so-cool" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/ontwikkeling-van-gestandaardiseerde-diagnostiek-van-de-gewetensontwikkeling-bij-kinderen-en-jeugdigen" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/de-effectiviteit-van-de-my-life-behandeling-werkt-het-en-wat-werkt-er" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/mindfulness-voor-gesloten-for-jeugdzorg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/risicoscreening-bij-jongeren-en-jongvolwassenen-call-j2019-04" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/de-combinatie-van-een-emotieherkenning-training-met-de-toediening-van-oxytocinebinnen-een-forensische-context-2019-03" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/evidence-gap-map-vaktherapie-call-j2019-06" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/onderzoek-naar-indicatoren-radicalisering-bij-jongeren-in-forensische-zorg-vreemd-of-gevaarlijk-call-j2019-05" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/back-to-the-future-pre-call-j2018-1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z26"/>
+  <dimension ref="A1:Z27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B26" sqref="B26"/>
+      <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -768,824 +777,860 @@
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>10</v>
       </c>
       <c r="Z1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>26</v>
       </c>
       <c r="D2" t="s">
-        <v>4</v>
-[...10 lines deleted...]
-      <c r="Y2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="Z2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="P3" t="s">
+      <c r="J3" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" t="s">
+        <v>27</v>
+      </c>
+      <c r="X3" t="s">
         <v>27</v>
       </c>
       <c r="Y3" t="s">
         <v>27</v>
       </c>
       <c r="Z3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
         <v>27</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="I4" t="s">
+      <c r="M4" t="s">
+        <v>27</v>
+      </c>
+      <c r="P4" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y4" t="s">
         <v>27</v>
       </c>
       <c r="Z4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>4</v>
-[...10 lines deleted...]
-      <c r="Y5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="Z5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" t="s">
         <v>27</v>
       </c>
       <c r="P6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="Q6" t="s">
         <v>27</v>
       </c>
       <c r="Y6" t="s">
         <v>27</v>
       </c>
       <c r="Z6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E7" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" t="s">
         <v>27</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
-      <c r="V7" t="s">
+      <c r="P7" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q7" t="s">
         <v>27</v>
       </c>
       <c r="Y7" t="s">
         <v>27</v>
       </c>
       <c r="Z7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F8" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
-      <c r="M8" t="s">
-[...2 lines deleted...]
-      <c r="Q8" t="s">
+      <c r="V8" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y8" t="s">
         <v>27</v>
       </c>
       <c r="Z8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E9" t="s">
+        <v>5</v>
+      </c>
+      <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
-      <c r="N9" t="s">
-[...2 lines deleted...]
-      <c r="Y9" t="s">
+      <c r="M9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q9" t="s">
         <v>27</v>
       </c>
       <c r="Z9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="H10" t="s">
-[...5 lines deleted...]
-      <c r="V10" t="s">
+      <c r="G10" t="s">
+        <v>27</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="Y10" t="s">
         <v>27</v>
       </c>
       <c r="Z10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C11" t="s">
         <v>54</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="G11" t="s">
-[...8 lines deleted...]
-      <c r="R11" t="s">
+      <c r="H11" t="s">
+        <v>27</v>
+      </c>
+      <c r="T11" t="s">
+        <v>27</v>
+      </c>
+      <c r="V11" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y11" t="s">
         <v>27</v>
       </c>
       <c r="Z11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>55</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="s">
         <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="G12" t="s">
         <v>27</v>
       </c>
-      <c r="N12" t="s">
-[...5 lines deleted...]
-      <c r="Y12" t="s">
+      <c r="J12" t="s">
+        <v>27</v>
+      </c>
+      <c r="M12" t="s">
+        <v>27</v>
+      </c>
+      <c r="R12" t="s">
         <v>27</v>
       </c>
       <c r="Z12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C13" t="s">
         <v>60</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="G13" t="s">
         <v>27</v>
       </c>
-      <c r="M13" t="s">
-[...5 lines deleted...]
-      <c r="U13" t="s">
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y13" t="s">
         <v>27</v>
       </c>
       <c r="Z13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
-      <c r="H14" t="s">
-[...5 lines deleted...]
-      <c r="Y14" t="s">
+      <c r="G14" t="s">
+        <v>27</v>
+      </c>
+      <c r="M14" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>27</v>
+      </c>
+      <c r="U14" t="s">
         <v>27</v>
       </c>
       <c r="Z14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C15" t="s">
         <v>66</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
-      <c r="G15" t="s">
-[...5 lines deleted...]
-      <c r="Q15" t="s">
+      <c r="H15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P15" t="s">
         <v>27</v>
       </c>
       <c r="Y15" t="s">
         <v>27</v>
       </c>
       <c r="Z15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
-      <c r="H16" t="s">
-[...2 lines deleted...]
-      <c r="O16" t="s">
+      <c r="G16" t="s">
+        <v>27</v>
+      </c>
+      <c r="J16" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q16" t="s">
         <v>27</v>
       </c>
       <c r="Y16" t="s">
         <v>27</v>
       </c>
       <c r="Z16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="s">
         <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
-      <c r="G17" t="s">
-[...5 lines deleted...]
-      <c r="S17" t="s">
+      <c r="H17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
         <v>27</v>
       </c>
       <c r="Y17" t="s">
         <v>27</v>
       </c>
       <c r="Z17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18" t="s">
         <v>27</v>
       </c>
       <c r="M18" t="s">
         <v>27</v>
       </c>
-      <c r="R18" t="s">
+      <c r="S18" t="s">
         <v>27</v>
       </c>
       <c r="Y18" t="s">
         <v>27</v>
       </c>
       <c r="Z18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>76</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C19" t="s">
         <v>78</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19" t="s">
         <v>27</v>
       </c>
-      <c r="I19" t="s">
-[...2 lines deleted...]
-      <c r="O19" t="s">
+      <c r="M19" t="s">
+        <v>27</v>
+      </c>
+      <c r="R19" t="s">
         <v>27</v>
       </c>
       <c r="Y19" t="s">
         <v>27</v>
       </c>
       <c r="Z19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C20" t="s">
         <v>81</v>
       </c>
       <c r="D20" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20" t="s">
         <v>27</v>
       </c>
-      <c r="U20" t="s">
+      <c r="I20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
         <v>27</v>
       </c>
       <c r="Y20" t="s">
         <v>27</v>
       </c>
       <c r="Z20" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>82</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C21" t="s">
         <v>84</v>
       </c>
       <c r="D21" t="s">
-        <v>4</v>
-[...7 lines deleted...]
-      <c r="M21" t="s">
+        <v>5</v>
+      </c>
+      <c r="F21" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" t="s">
         <v>27</v>
       </c>
       <c r="U21" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y21" t="s">
         <v>27</v>
       </c>
       <c r="Z21" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>85</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C22" t="s">
         <v>87</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="H22" t="s">
         <v>27</v>
       </c>
-      <c r="N22" t="s">
-[...5 lines deleted...]
-      <c r="Y22" t="s">
+      <c r="M22" t="s">
+        <v>27</v>
+      </c>
+      <c r="U22" t="s">
         <v>27</v>
       </c>
       <c r="Z22" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>88</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C23" t="s">
         <v>90</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
-      <c r="G23" t="s">
-[...2 lines deleted...]
-      <c r="M23" t="s">
+      <c r="H23" t="s">
+        <v>27</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>27</v>
       </c>
       <c r="Y23" t="s">
         <v>27</v>
       </c>
       <c r="Z23" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>91</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C24" t="s">
         <v>93</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24" t="s">
         <v>27</v>
       </c>
-      <c r="J24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="Y24" t="s">
         <v>27</v>
       </c>
       <c r="Z24" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C25" t="s">
         <v>96</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="G25" t="s">
         <v>27</v>
       </c>
       <c r="J25" t="s">
         <v>27</v>
       </c>
+      <c r="M25" t="s">
+        <v>27</v>
+      </c>
       <c r="Y25" t="s">
         <v>27</v>
       </c>
       <c r="Z25" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C26" t="s">
         <v>99</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="G26" t="s">
         <v>27</v>
       </c>
       <c r="J26" t="s">
         <v>27</v>
       </c>
       <c r="Y26" t="s">
         <v>27</v>
       </c>
       <c r="Z26" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26">
+      <c r="A27" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C27" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" t="s">
+        <v>4</v>
+      </c>
+      <c r="E27" t="s">
+        <v>27</v>
+      </c>
+      <c r="G27" t="s">
+        <v>27</v>
+      </c>
+      <c r="J27" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z27" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>