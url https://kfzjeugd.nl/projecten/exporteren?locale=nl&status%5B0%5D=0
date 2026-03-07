--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -776,50 +776,59 @@
         <v>10</v>
       </c>
       <c r="Z1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>26</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
+      <c r="J2" t="s">
+        <v>27</v>
+      </c>
+      <c r="K2" t="s">
+        <v>27</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
+      </c>
       <c r="X2" t="s">
         <v>27</v>
       </c>
       <c r="Y2" t="s">
         <v>27</v>
       </c>
       <c r="Z2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>