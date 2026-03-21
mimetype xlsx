--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -86,60 +86,78 @@
   <si>
     <t>Responsiviteit en behandelmotivatie</t>
   </si>
   <si>
     <t>Preventie</t>
   </si>
   <si>
     <t>Verslaving</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid</t>
   </si>
   <si>
     <t>Behandeling</t>
   </si>
   <si>
     <t>Handreikingen</t>
   </si>
   <si>
     <t>Stoornis- en delictspecifiek</t>
   </si>
   <si>
     <t>Overige</t>
   </si>
   <si>
+    <t>2025-226</t>
+  </si>
+  <si>
+    <t>AI in de Forensische Zorg</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is om te onderzoeken hoe verschillende vormen van AI op een verantwoorde, effectieve en duurzame manier kunnen worden ingezet in de klinische en ambulante forensische zorg, zowel in de jeugd- als volwassenensector.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>2025-44</t>
+  </si>
+  <si>
+    <t>Relationeel beveiligen in de KVJJ</t>
+  </si>
+  <si>
+    <t>Dit project heeft als doel een heldere, methodische handreiking te ontwikkelen voor de praktische toepassing van relationele beveiliging binnen KVJJ’s.</t>
+  </si>
+  <si>
     <t>2025-43</t>
   </si>
   <si>
     <t>Doorontwikkeling en erkenning van de interventie Leren van Delict</t>
   </si>
   <si>
     <t>Het project streeft na om nieuwe interventiehandleidingen voor Leren van Delict te ontwikkelen.</t>
-  </si>
-[...1 lines deleted...]
-    <t>x</t>
   </si>
   <si>
     <t>2025-45</t>
   </si>
   <si>
     <t>Monitoring van de implementatie van het beleidsprogramma Middelengebruik binnen drie JJI’s: De Hartelborgt, De Hunnerberg en Den Hey-Acker</t>
   </si>
   <si>
     <t>In dit onderzoek wordt de implementatie van het beleidsprogramma Middelengebruik met de focus op het handelen van medewerkers rondom middelengebruik gemonitord.</t>
   </si>
   <si>
     <t>2024-42</t>
   </si>
   <si>
     <t>Forward with Feelee: onderzoek en implementatie in de forensische jeugdhulp</t>
   </si>
   <si>
     <t>Het doel van het project is het tot stand brengen van een duurzame implementatie van de Feelee-app binnen 2-3 zorginstellingen.</t>
   </si>
   <si>
     <t>2024-39</t>
   </si>
   <si>
     <t>Sekseverschillen in de relatie tussen psychische stoornis en delictgedrag</t>
   </si>
@@ -508,62 +526,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/doorontwikkeling-en-erkenning-van-de-interventie-leren-van-delict" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/monitoring-van-de-implementatie-van-het-beleidsprogramma-middelengebruik-binnen-drie-jjis-de-hartelborgt-de-hunnerberg-en-den-hey-acker" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/forward-with-feelee-onderzoek-en-implementatie-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/sekseverschillen-in-de-relatie-tussen-psychische-stoornis-en-delictgedrag-bij-vrouwelijke-jeugddelinquenten" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/i-formotivaction-middelengebruik-bij-jongvolwassenen-met-forensische-problematiek-van-zelfinzicht-naar-motivatie-tot-actie" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/behandelmotivatie-bij-jongeren-en-ouders-in-forensische-behandeling" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/up2u-future-het-verkennen-en-versterken-van-behandelmotivatie-bij-jongeren-in-de-forensische-jeugdzorg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/de-effectiviteit-van-de-my-life-behandeling-werkt-het-en-wat-werkt-er" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/ai-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/relationeel-beveiligen-in-de-kvjj" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/doorontwikkeling-en-erkenning-van-de-interventie-leren-van-delict" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/monitoring-van-de-implementatie-van-het-beleidsprogramma-middelengebruik-binnen-drie-jjis-de-hartelborgt-de-hunnerberg-en-den-hey-acker" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/forward-with-feelee-onderzoek-en-implementatie-in-de-forensische-jeugdhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/sekseverschillen-in-de-relatie-tussen-psychische-stoornis-en-delictgedrag-bij-vrouwelijke-jeugddelinquenten" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/i-formotivaction-middelengebruik-bij-jongvolwassenen-met-forensische-problematiek-van-zelfinzicht-naar-motivatie-tot-actie" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/behandelmotivatie-bij-jongeren-en-ouders-in-forensische-behandeling" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/up2u-future-het-verkennen-en-versterken-van-behandelmotivatie-bij-jongeren-in-de-forensische-jeugdzorg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfzjeugd.nl/projecten/de-effectiviteit-van-de-my-life-behandeling-werkt-het-en-wat-werkt-er" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z9"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B9" sqref="B9"/>
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -620,276 +638,327 @@
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>10</v>
       </c>
       <c r="Z1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>26</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>27</v>
       </c>
-      <c r="H2" t="s">
-[...8 lines deleted...]
-      <c r="Y2" t="s">
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="Y3" t="s">
+      <c r="V3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
         <v>27</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
+      <c r="K4" t="s">
+        <v>27</v>
+      </c>
       <c r="M4" t="s">
         <v>27</v>
       </c>
-      <c r="P4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y4" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="Z4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="Z5" t="s">
+      <c r="K5" t="s">
+        <v>27</v>
+      </c>
+      <c r="S5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
       <c r="F6" t="s">
         <v>27</v>
       </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
+      <c r="M6" t="s">
+        <v>27</v>
+      </c>
       <c r="P6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="Q6" t="s">
         <v>27</v>
       </c>
       <c r="Y6" t="s">
         <v>27</v>
       </c>
       <c r="Z6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
       <c r="F7" t="s">
         <v>27</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
-      <c r="Q7" t="s">
-[...2 lines deleted...]
-      <c r="Y7" t="s">
+      <c r="I7" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
-      <c r="M8" t="s">
+      <c r="P8" t="s">
         <v>27</v>
       </c>
       <c r="Q8" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y8" t="s">
         <v>27</v>
       </c>
       <c r="Z8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
       <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
-      <c r="U9" t="s">
+      <c r="Q9" t="s">
         <v>27</v>
       </c>
       <c r="Y9" t="s">
         <v>27</v>
       </c>
-      <c r="Z9" t="s">
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F10" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M10" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>5</v>
+      </c>
+      <c r="F11" t="s">
+        <v>27</v>
+      </c>
+      <c r="G11" t="s">
+        <v>27</v>
+      </c>
+      <c r="U11" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z11" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>